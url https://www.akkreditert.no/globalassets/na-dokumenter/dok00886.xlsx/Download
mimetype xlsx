--- v0 (2025-10-08)
+++ v1 (2025-11-04)
@@ -1833,92 +1833,92 @@
     <t xml:space="preserve">Fagområdet bakteriologi
 </t>
   </si>
   <si>
     <t xml:space="preserve">Fagområdet virologi
 </t>
   </si>
   <si>
     <t>Fagområdet infeksjonsimmunologi</t>
   </si>
   <si>
     <t xml:space="preserve">Fenotypisk identifikasjon
 </t>
   </si>
   <si>
     <t xml:space="preserve">PCR og hybridisering
 </t>
   </si>
   <si>
     <t>PCR og hybridisering, Versant HCV Genotype Assay (LIPA)(Siemens)</t>
   </si>
   <si>
     <t>Instrumentnavn må angis enten på hovedlinjen eller på linjene under. Eventuelt på begge, om det er ønskelig.</t>
   </si>
   <si>
-    <t>2.01</t>
-[...1 lines deleted...]
-  <si>
     <t>Genetisk materiale</t>
   </si>
   <si>
     <t>Kromosomavvik</t>
   </si>
   <si>
     <t>xxx</t>
   </si>
   <si>
     <t>Flourosence mikroskop, FISH</t>
   </si>
   <si>
     <t>G-bånd</t>
   </si>
   <si>
     <t>22q11.2-delesjonen, DiGeorges syndrom</t>
   </si>
   <si>
     <t>Delesjoner, insersjoner, mutasjoner, duplikasjoner</t>
   </si>
   <si>
     <t>NGS/dypsekvensering
 Illumina, HiSeq</t>
   </si>
   <si>
     <t>PCR
 Elektroforese</t>
   </si>
   <si>
     <t>Fragmentanalyse - ekspansjoner</t>
   </si>
   <si>
     <t>Sanntids-PCR</t>
   </si>
   <si>
     <t>Mutasjoner</t>
   </si>
   <si>
-    <t>03.06.2024</t>
+    <t>2.02</t>
+  </si>
+  <si>
+    <t>15.10.2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="17">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -2029,51 +2029,51 @@
       <patternFill patternType="solid">
         <fgColor theme="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.599749982357025"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.799860000610352"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0" tint="-0.049210000783205"/>
+        <fgColor theme="0" tint="-0.0491699986159801"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
@@ -2782,75 +2782,75 @@
     </row>
     <row r="6" spans="1:6" ht="12.75">
       <c r="A6">
         <v>0</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>8</v>
       </c>
       <c r="F6" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:2" ht="12.75">
       <c r="A7" t="s">
         <v>13</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>537</v>
       </c>
     </row>
     <row r="8" spans="1:2" ht="12.75">
       <c r="A8" t="s">
         <v>11</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>524</v>
+        <v>536</v>
       </c>
     </row>
     <row r="9" spans="1:2" ht="12.75">
       <c r="A9" t="s">
         <v>472</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:2" ht="12.75">
       <c r="A10">
         <v>-11</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>537</v>
       </c>
     </row>
     <row r="11" spans="1:2" ht="12.75">
       <c r="A11" t="s">
         <v>472</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>524</v>
+        <v>536</v>
       </c>
     </row>
     <row r="12" spans="1:1" ht="12.75">
       <c r="A12" t="s">
         <v>472</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" paperSize="1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0EAE9527-9701-473F-865D-536708ADE157}">
   <sheetPr codeName="Ark3"/>
   <dimension ref="A1:A25"/>
   <sheetViews>
     <sheetView workbookViewId="0" topLeftCell="A1">
       <selection pane="topLeft" activeCell="A13" sqref="A13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.4242857142857" defaultRowHeight="12.75"/>
   <cols>
@@ -9049,167 +9049,167 @@
       <c r="G22" s="12"/>
       <c r="H22" s="12"/>
       <c r="I22" s="12"/>
       <c r="J22" s="12"/>
     </row>
     <row r="23" spans="1:10" ht="12.75">
       <c r="A23" s="10" t="s">
         <v>36</v>
       </c>
       <c r="B23" s="10" t="s">
         <v>115</v>
       </c>
       <c r="C23" s="10"/>
       <c r="D23" s="10" t="s">
         <v>38</v>
       </c>
       <c r="E23" s="10"/>
       <c r="F23" s="10"/>
       <c r="G23" s="12"/>
       <c r="H23" s="12"/>
       <c r="I23" s="12"/>
       <c r="J23" s="12"/>
     </row>
     <row r="26" spans="1:10" ht="25.5">
       <c r="A26" s="9" t="s">
+        <v>524</v>
+      </c>
+      <c r="B26" s="9" t="s">
         <v>525</v>
-      </c>
-[...1 lines deleted...]
-        <v>526</v>
       </c>
       <c r="C26" s="9" t="s">
         <v>33</v>
       </c>
       <c r="D26" s="9" t="s">
+        <v>526</v>
+      </c>
+      <c r="E26" s="9" t="s">
         <v>527</v>
-      </c>
-[...1 lines deleted...]
-        <v>528</v>
       </c>
       <c r="F26" s="9" t="s">
         <v>44</v>
       </c>
       <c r="G26" s="9"/>
       <c r="H26" s="9"/>
       <c r="I26" s="9"/>
       <c r="J26" s="9"/>
     </row>
     <row r="27" spans="1:2" ht="12.75">
       <c r="A27" t="s">
         <v>36</v>
       </c>
       <c r="B27" t="s">
-        <v>530</v>
+        <v>529</v>
       </c>
     </row>
     <row r="29" spans="1:10" ht="25.5">
       <c r="A29" s="9" t="s">
+        <v>524</v>
+      </c>
+      <c r="B29" s="9" t="s">
         <v>525</v>
-      </c>
-[...1 lines deleted...]
-        <v>526</v>
       </c>
       <c r="C29" s="9" t="s">
         <v>33</v>
       </c>
       <c r="D29" s="9" t="s">
-        <v>527</v>
+        <v>526</v>
       </c>
       <c r="E29" s="9" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="F29" s="9" t="s">
         <v>44</v>
       </c>
       <c r="G29" s="9"/>
       <c r="H29" s="9"/>
       <c r="I29" s="9"/>
       <c r="J29" s="9"/>
     </row>
     <row r="31" spans="1:10" ht="25.5">
       <c r="A31" s="9" t="s">
-        <v>525</v>
+        <v>524</v>
       </c>
       <c r="B31" s="9" t="s">
-        <v>531</v>
+        <v>530</v>
       </c>
       <c r="C31" s="9" t="s">
         <v>33</v>
       </c>
       <c r="D31" s="9" t="s">
-        <v>527</v>
+        <v>526</v>
       </c>
       <c r="E31" s="9" t="s">
-        <v>532</v>
+        <v>531</v>
       </c>
       <c r="F31" s="9" t="s">
         <v>44</v>
       </c>
       <c r="G31" s="9"/>
       <c r="H31" s="9"/>
       <c r="I31" s="9"/>
       <c r="J31" s="9"/>
     </row>
     <row r="34" spans="1:10" ht="25.5">
       <c r="A34" s="9" t="s">
-        <v>525</v>
+        <v>524</v>
       </c>
       <c r="B34" s="9" t="s">
-        <v>534</v>
+        <v>533</v>
       </c>
       <c r="C34" s="9" t="s">
         <v>33</v>
       </c>
       <c r="D34" s="9" t="s">
-        <v>527</v>
+        <v>526</v>
       </c>
       <c r="E34" s="9" t="s">
-        <v>533</v>
+        <v>532</v>
       </c>
       <c r="F34" s="9" t="s">
         <v>44</v>
       </c>
       <c r="G34" s="9"/>
       <c r="H34" s="9"/>
       <c r="I34" s="9"/>
       <c r="J34" s="9"/>
     </row>
     <row r="37" spans="1:10" ht="25.5">
       <c r="A37" s="9" t="s">
-        <v>525</v>
+        <v>524</v>
       </c>
       <c r="B37" s="9" t="s">
-        <v>536</v>
+        <v>535</v>
       </c>
       <c r="C37" s="9" t="s">
         <v>33</v>
       </c>
       <c r="D37" s="9" t="s">
-        <v>527</v>
+        <v>526</v>
       </c>
       <c r="E37" s="9" t="s">
-        <v>535</v>
+        <v>534</v>
       </c>
       <c r="F37" s="9" t="s">
         <v>44</v>
       </c>
       <c r="G37" s="9"/>
       <c r="H37" s="9"/>
       <c r="I37" s="9"/>
       <c r="J37" s="9"/>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B14" r:id="rId1" display="HFE"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" paperSize="1" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5AF8F87C-0E84-4144-965C-900992C4F372}">
   <dimension ref="A1:J35"/>
   <sheetViews>
     <sheetView workbookViewId="0" topLeftCell="A1">
       <selection pane="topLeft" activeCell="N19" sqref="N19"/>
     </sheetView>
@@ -10003,51 +10003,51 @@
     </row>
     <row r="2" spans="1:2" ht="12.75">
       <c r="A2" s="5" t="s">
         <v>17</v>
       </c>
       <c r="B2" t="str">
         <f>hiddenSheet!ek_dokumentid</f>
         <v>D00886</v>
       </c>
     </row>
     <row r="3" spans="1:2" ht="12.75">
       <c r="A3" s="5" t="s">
         <v>18</v>
       </c>
       <c r="B3" t="str">
         <f>hiddenSheet!ek_doktype</f>
         <v>Skjema</v>
       </c>
     </row>
     <row r="4" spans="1:2" ht="12.75">
       <c r="A4" s="5" t="s">
         <v>20</v>
       </c>
       <c r="B4" t="str">
         <f>hiddenSheet!ek_revisjon</f>
-        <v>2.01</v>
+        <v>2.02</v>
       </c>
     </row>
     <row r="5" spans="1:2" ht="12.75">
       <c r="A5" s="5" t="s">
         <v>21</v>
       </c>
       <c r="B5" s="37">
         <v>44679</v>
       </c>
     </row>
     <row r="6" spans="1:2" ht="12.75">
       <c r="A6" s="5" t="s">
         <v>22</v>
       </c>
       <c r="B6" t="str">
         <f>hiddenSheet!ek_signatur</f>
         <v>Beate Brekke Hellerud</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" paperSize="9" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>