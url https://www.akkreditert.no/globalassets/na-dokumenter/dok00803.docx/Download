--- v0 (2025-10-08)
+++ v1 (2025-11-04)
@@ -56,696 +56,632 @@
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
           <v:shape id="Bilde 2" o:spid="_x0000_i1025" type="#_x0000_t75" alt="Et bilde som inneholder Grafikk, grafisk design, design&#10;&#10;KI-generert innhold kan være feil." style="width:53.25pt;height:81pt;mso-wrap-style:square;visibility:visible">
             <v:imagedata r:id="rId4" o:title="Et bilde som inneholder Grafikk, grafisk design, design&#10;&#10;KI-generert innhold kan være feil"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A769F1" w:rsidP="001F7839" w14:paraId="44F65714" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="40"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005B5571" w:rsidRPr="001F7839" w:rsidP="001F7839" w14:paraId="44F65715" w14:textId="77777777">
+    <w:p w:rsidR="005B5571" w:rsidRPr="001F7839" w:rsidP="001F7839" w14:paraId="44F65715" w14:textId="0D1BE5BC">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="40"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="40"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Registrering </w:t>
       </w:r>
+      <w:r w:rsidR="00056E76">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="40"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>av</w:t>
+      </w:r>
       <w:r w:rsidR="007F43CA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="40"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">som </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DB53C4">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="40"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">privat </w:t>
       </w:r>
       <w:r w:rsidR="00820D9C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="40"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>honorarmottaker</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005B5571" w:rsidRPr="00A00233" w14:paraId="44F65716" w14:textId="77777777">
+    <w:p w:rsidR="00056E76" w14:paraId="154CBF8F" w14:textId="6A3DDDF7">
       <w:r>
-        <w:t>Registrerings</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A00233">
+        <w:t xml:space="preserve">Dette </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A00233" w:rsidR="00F72934">
         <w:t>skjemaet</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A00233" w:rsidR="000863E9">
-[...51 lines deleted...]
-        <w:t xml:space="preserve">utgifter. </w:t>
+      <w:r>
+        <w:t xml:space="preserve"> skal fylles ut av deg som skal utføre oppdrag for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00056E76">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Norsk akkreditering (NA)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> og motta honorar og/eller refusjon for reiseutgifter. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00056E76" w:rsidP="00056E76" w14:paraId="388BF44E" w14:textId="2C3E7D1F">
+      <w:r w:rsidRPr="00056E76">
+        <w:t xml:space="preserve">Informasjonen du oppgir brukes til å registrere deg i vårt lønnssystem og gi deg tilgang til </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00056E76">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>DFØs selvbetjeningsportal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00056E76">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00056E76">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Betalmeg</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00056E76">
+        <w:t>. I denne løsningen registrerer du selv dine honorarkrav og reiseutgifter.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...53 lines deleted...]
-        <w:t xml:space="preserve"> informasjon om hvordan du går fram for å logge på og sende inn krav kan finner du på DFØ sin </w:t>
+      <w:r w:rsidRPr="00056E76">
+        <w:t xml:space="preserve">Du finner mer informasjon om hvordan du logger inn og sender inn krav på </w:t>
       </w:r>
       <w:hyperlink r:id="rId5" w:history="1">
-        <w:r w:rsidRPr="007763D3" w:rsidR="007763D3">
+        <w:r w:rsidRPr="00056E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>hjemmeside</w:t>
+          <w:t>DFØ</w:t>
         </w:r>
-      </w:hyperlink>
-[...62 lines deleted...]
-        <w:r w:rsidRPr="0046434F">
+        <w:r w:rsidRPr="00056E76">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>regnskap@akkreditert.no</w:t>
+          <w:t>s</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00056E76">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> net</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00056E76">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>t</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00056E76">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>side</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00056E76">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>r</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00056E76">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>.</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00056E76" w:rsidRPr="00056E76" w:rsidP="00056E76" w14:paraId="0EB9E901" w14:textId="77777777">
+      <w:r w:rsidRPr="00056E76">
+        <w:t>Etter at du er registrert i lønnssystemet, vil du motta en e-post med påloggingsinformasjon til Betalmeg. Dette tar vanligvis et par virkedager.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00056E76" w:rsidRPr="00056E76" w:rsidP="00056E76" w14:paraId="0D2C90C0" w14:textId="77777777">
+      <w:r w:rsidRPr="00056E76">
+        <w:t>Når du har fått tilgang, er du selv ansvarlig for å vedlikeholde og oppdatere dine personopplysninger i selvbetjeningsportalen.</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00775CB0" w14:paraId="44F6571C" w14:textId="77777777"/>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9750" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4253"/>
-        <w:gridCol w:w="4851"/>
+        <w:gridCol w:w="3674"/>
+        <w:gridCol w:w="6076"/>
       </w:tblGrid>
-      <w:tr w14:paraId="44F6571F" w14:textId="77777777" w:rsidTr="001F7839">
+      <w:tr w14:paraId="44F6571F" w14:textId="77777777" w:rsidTr="00725693">
         <w:tblPrEx>
-          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblW w:w="9750" w:type="dxa"/>
           <w:tblInd w:w="108" w:type="dxa"/>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="336"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4253" w:type="dxa"/>
+            <w:tcW w:w="3674" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
           </w:tcPr>
-          <w:p w:rsidR="009B3B74" w:rsidRPr="009A1489" w:rsidP="009A1489" w14:paraId="44F6571D" w14:textId="77777777">
+          <w:p w:rsidR="009B3B74" w:rsidRPr="00725693" w:rsidP="009A1489" w14:paraId="44F6571D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A1489">
+            <w:r w:rsidRPr="00725693">
               <w:rPr>
                 <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Oppdragstakers personalia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4851" w:type="dxa"/>
+            <w:tcW w:w="6076" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
           </w:tcPr>
           <w:p w:rsidR="009B3B74" w:rsidRPr="009A1489" w:rsidP="009A1489" w14:paraId="44F6571E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="44F65722" w14:textId="77777777" w:rsidTr="003511F8">
+      <w:tr w14:paraId="44F65722" w14:textId="77777777" w:rsidTr="00725693">
         <w:tblPrEx>
-          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblW w:w="9750" w:type="dxa"/>
           <w:tblInd w:w="108" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="436"/>
+          <w:trHeight w:val="543"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4253" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3674" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009B3B74" w:rsidRPr="009A1489" w:rsidP="009A1489" w14:paraId="44F65720" w14:textId="77777777">
+          <w:p w:rsidR="009B3B74" w:rsidRPr="009A1489" w:rsidP="009A1489" w14:paraId="44F65720" w14:textId="5FCAAAC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="009A1489">
               <w:t>Etternavn</w:t>
             </w:r>
+            <w:r w:rsidR="002B5180">
+              <w:t>:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4851" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="6076" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="009B3B74" w:rsidRPr="009A1489" w:rsidP="009A1489" w14:paraId="44F65721" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="44F65725" w14:textId="77777777" w:rsidTr="003511F8">
+      <w:tr w14:paraId="44F65725" w14:textId="77777777" w:rsidTr="00725693">
         <w:tblPrEx>
-          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblW w:w="9750" w:type="dxa"/>
           <w:tblInd w:w="108" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="436"/>
+          <w:trHeight w:val="543"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4253" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3674" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009B3B74" w:rsidRPr="009A1489" w:rsidP="009A1489" w14:paraId="44F65723" w14:textId="77777777">
+          <w:p w:rsidR="009B3B74" w:rsidRPr="009A1489" w:rsidP="009A1489" w14:paraId="44F65723" w14:textId="50AA8DD7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="009A1489">
               <w:t>Fornavn</w:t>
             </w:r>
+            <w:r>
+              <w:t>:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4851" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="6076" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="009B3B74" w:rsidRPr="009A1489" w:rsidP="009A1489" w14:paraId="44F65724" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="44F65728" w14:textId="77777777" w:rsidTr="003511F8">
+      <w:tr w14:paraId="44F65728" w14:textId="77777777" w:rsidTr="00725693">
         <w:tblPrEx>
-          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblW w:w="9750" w:type="dxa"/>
           <w:tblInd w:w="108" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="436"/>
+          <w:trHeight w:val="543"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4253" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3674" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009B3B74" w:rsidRPr="009A1489" w:rsidP="009A1489" w14:paraId="44F65726" w14:textId="77777777">
+          <w:p w:rsidR="009B3B74" w:rsidRPr="009A1489" w:rsidP="009A1489" w14:paraId="44F65726" w14:textId="3A1043E4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="009A1489">
               <w:t>Fødsels</w:t>
             </w:r>
             <w:r w:rsidR="00BE40E1">
               <w:t>- og person</w:t>
             </w:r>
             <w:r w:rsidRPr="009A1489">
               <w:t>nummer</w:t>
             </w:r>
+            <w:r>
+              <w:t>:</w:t>
+            </w:r>
             <w:r w:rsidR="00BE40E1">
-              <w:t xml:space="preserve"> (11 sif</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002B5180">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00BE40E1">
+              <w:t>(11 sif</w:t>
             </w:r>
             <w:r w:rsidR="007763D3">
               <w:t>re</w:t>
             </w:r>
             <w:r w:rsidR="00BE40E1">
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4851" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="6076" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="009B3B74" w:rsidRPr="009A1489" w:rsidP="009A1489" w14:paraId="44F65727" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="44F6572B" w14:textId="77777777" w:rsidTr="003511F8">
+      <w:tr w14:paraId="44F6572B" w14:textId="77777777" w:rsidTr="00725693">
         <w:tblPrEx>
-          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblW w:w="9750" w:type="dxa"/>
           <w:tblInd w:w="108" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="436"/>
+          <w:trHeight w:val="543"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4253" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3674" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC7361" w:rsidRPr="009A1489" w:rsidP="00CC7361" w14:paraId="44F65729" w14:textId="77777777">
+          <w:p w:rsidR="00CC7361" w:rsidRPr="009A1489" w:rsidP="00CC7361" w14:paraId="44F65729" w14:textId="1D0967BC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
-              <w:t>Adresse</w:t>
+              <w:t>Adresse:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4851" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="6076" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00CC7361" w:rsidRPr="009A1489" w:rsidP="00CC7361" w14:paraId="44F6572A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="44F6572E" w14:textId="77777777" w:rsidTr="003511F8">
+      <w:tr w14:paraId="44F6572E" w14:textId="77777777" w:rsidTr="00725693">
         <w:tblPrEx>
-          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblW w:w="9750" w:type="dxa"/>
           <w:tblInd w:w="108" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="436"/>
+          <w:trHeight w:val="543"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4253" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3674" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC7361" w:rsidRPr="009A1489" w:rsidP="00CC7361" w14:paraId="44F6572C" w14:textId="77777777">
+          <w:p w:rsidR="00CC7361" w:rsidRPr="009A1489" w:rsidP="00CC7361" w14:paraId="44F6572C" w14:textId="0CDD4BFA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
-              <w:t>Postnummer, poststed</w:t>
+              <w:t>Postnummer, poststed:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4851" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="6076" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00CC7361" w:rsidRPr="009A1489" w:rsidP="00CC7361" w14:paraId="44F6572D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="44F65731" w14:textId="77777777" w:rsidTr="003511F8">
+      <w:tr w14:paraId="44F65731" w14:textId="77777777" w:rsidTr="00725693">
         <w:tblPrEx>
-          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblW w:w="9750" w:type="dxa"/>
           <w:tblInd w:w="108" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="436"/>
+          <w:trHeight w:val="543"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4253" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3674" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC7361" w:rsidRPr="009A1489" w:rsidP="00CC7361" w14:paraId="44F6572F" w14:textId="77777777">
+          <w:p w:rsidR="00CC7361" w:rsidRPr="009A1489" w:rsidP="00CC7361" w14:paraId="44F6572F" w14:textId="20B85D89">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="009A1489">
               <w:t>Bankkontonummer</w:t>
             </w:r>
+            <w:r>
+              <w:t>:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4851" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="6076" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00CC7361" w:rsidRPr="009A1489" w:rsidP="00CC7361" w14:paraId="44F65730" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="44F65734" w14:textId="77777777" w:rsidTr="003511F8">
+      <w:tr w14:paraId="44F65734" w14:textId="77777777" w:rsidTr="00725693">
         <w:tblPrEx>
-          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblW w:w="9750" w:type="dxa"/>
           <w:tblInd w:w="108" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="436"/>
+          <w:trHeight w:val="543"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4253" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3674" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC7361" w:rsidRPr="009A1489" w:rsidP="00CC7361" w14:paraId="44F65732" w14:textId="77777777">
+          <w:p w:rsidR="00CC7361" w:rsidRPr="009A1489" w:rsidP="00CC7361" w14:paraId="44F65732" w14:textId="5BE90E96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="009A1489">
               <w:t>E-post</w:t>
             </w:r>
+            <w:r>
+              <w:t>:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4851" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="6076" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00CC7361" w:rsidRPr="009A1489" w:rsidP="00CC7361" w14:paraId="44F65733" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="44F65737" w14:textId="77777777" w:rsidTr="003511F8">
+      <w:tr w14:paraId="44F65737" w14:textId="77777777" w:rsidTr="00725693">
         <w:tblPrEx>
-          <w:tblW w:w="0" w:type="auto"/>
+          <w:tblW w:w="9750" w:type="dxa"/>
           <w:tblInd w:w="108" w:type="dxa"/>
           <w:tblLook w:val="04A0"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="436"/>
+          <w:trHeight w:val="543"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4253" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3674" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC7361" w:rsidP="00CC7361" w14:paraId="44F65735" w14:textId="77777777">
+          <w:p w:rsidR="00CC7361" w:rsidP="00CC7361" w14:paraId="44F65735" w14:textId="16E164B7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="009A1489">
               <w:t>Mobilnummer</w:t>
             </w:r>
+            <w:r>
+              <w:t>:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4851" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="6076" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00CC7361" w:rsidP="00CC7361" w14:paraId="44F65736" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00AA0361" w14:paraId="44F65738" w14:textId="77777777"/>
     <w:p w:rsidR="00CC7361" w14:paraId="44F65739" w14:textId="77777777"/>
     <w:sectPr w:rsidSect="00AF6604">
-      <w:headerReference w:type="even" r:id="rId7"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId12"/>
+      <w:headerReference w:type="even" r:id="rId6"/>
+      <w:headerReference w:type="default" r:id="rId7"/>
+      <w:footerReference w:type="even" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="first" r:id="rId10"/>
+      <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1418" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
+    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -795,142 +731,151 @@
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w:rsidR="008440E9" w14:paraId="44F6573C" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w:rsidR="008440E9" w14:paraId="44F6573F" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useNormalStyleForList/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
     <w:allowSpaceOfSameStyleInTable/>
     <w:doNotSuppressIndentation/>
     <w:doNotAutofitConstrainedTables/>
     <w:autofitToFirstFixedWidthCell/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005B5571"/>
     <w:rsid w:val="000479A2"/>
+    <w:rsid w:val="00056E76"/>
     <w:rsid w:val="00066CF7"/>
     <w:rsid w:val="000863E9"/>
     <w:rsid w:val="00130AF4"/>
     <w:rsid w:val="00133378"/>
     <w:rsid w:val="001613BF"/>
     <w:rsid w:val="00165995"/>
     <w:rsid w:val="0019520F"/>
     <w:rsid w:val="00195A40"/>
     <w:rsid w:val="001D2DE0"/>
     <w:rsid w:val="001F1E84"/>
     <w:rsid w:val="001F7839"/>
+    <w:rsid w:val="00262B09"/>
+    <w:rsid w:val="002B5180"/>
     <w:rsid w:val="003066AD"/>
     <w:rsid w:val="003511F8"/>
     <w:rsid w:val="00355E04"/>
     <w:rsid w:val="0039360E"/>
+    <w:rsid w:val="0039605E"/>
     <w:rsid w:val="003E729F"/>
     <w:rsid w:val="00422519"/>
     <w:rsid w:val="00436CC9"/>
     <w:rsid w:val="0045448E"/>
     <w:rsid w:val="00456A09"/>
     <w:rsid w:val="0046434F"/>
+    <w:rsid w:val="004A66A5"/>
     <w:rsid w:val="0053324E"/>
     <w:rsid w:val="005610CC"/>
     <w:rsid w:val="00571677"/>
     <w:rsid w:val="005B1F40"/>
     <w:rsid w:val="005B5571"/>
     <w:rsid w:val="00672484"/>
+    <w:rsid w:val="00725693"/>
+    <w:rsid w:val="00746544"/>
     <w:rsid w:val="0075647A"/>
     <w:rsid w:val="00775CB0"/>
     <w:rsid w:val="007763D3"/>
     <w:rsid w:val="007B5DAE"/>
     <w:rsid w:val="007F43CA"/>
     <w:rsid w:val="00813FDC"/>
     <w:rsid w:val="00820D9C"/>
     <w:rsid w:val="008440E9"/>
     <w:rsid w:val="00862571"/>
     <w:rsid w:val="00886F2B"/>
     <w:rsid w:val="00950EC4"/>
     <w:rsid w:val="009A1489"/>
     <w:rsid w:val="009B3B74"/>
     <w:rsid w:val="009E3ADA"/>
     <w:rsid w:val="009F7878"/>
     <w:rsid w:val="00A00233"/>
+    <w:rsid w:val="00A4482F"/>
     <w:rsid w:val="00A769F1"/>
     <w:rsid w:val="00AA0361"/>
     <w:rsid w:val="00AF6604"/>
     <w:rsid w:val="00B53C4B"/>
     <w:rsid w:val="00B62053"/>
+    <w:rsid w:val="00B664AD"/>
     <w:rsid w:val="00BC7AD1"/>
     <w:rsid w:val="00BE40E1"/>
     <w:rsid w:val="00C2764B"/>
     <w:rsid w:val="00C55636"/>
     <w:rsid w:val="00CC7361"/>
     <w:rsid w:val="00CD70B7"/>
     <w:rsid w:val="00D3733A"/>
     <w:rsid w:val="00D476EC"/>
     <w:rsid w:val="00DB53C4"/>
     <w:rsid w:val="00E34264"/>
     <w:rsid w:val="00E616DB"/>
     <w:rsid w:val="00EA3C8B"/>
     <w:rsid w:val="00EF77F9"/>
     <w:rsid w:val="00F54AE6"/>
+    <w:rsid w:val="00F72934"/>
     <w:rsid w:val="00FD72F8"/>
     <w:rsid w:val="00FF384A"/>
   </w:rsids>
   <w:docVars>
     <w:docVar w:name="docver" w:val="2.20"/>
     <w:docVar w:name="ek_ansvarlig" w:val="Linda Mari Schwarz"/>
     <w:docVar w:name="ek_bedriftsnavn" w:val="Norsk akkreditering"/>
     <w:docVar w:name="ek_dbfields" w:val="EK_Avdeling¤2#4¤2#¤3#EK_Avsnitt¤2#4¤2#¤3#EK_Bedriftsnavn¤2#1¤2#Norsk akkreditering¤3#EK_GjelderFra¤2#0¤2#¤3#EK_KlGjelderFra¤2#0¤2#¤3#EK_Opprettet¤2#0¤2#15.01.2021¤3#EK_Utgitt¤2#0¤2#¤3#EK_IBrukDato¤2#0¤2#¤3#EK_DokumentID¤2#0¤2#D00803¤3#EK_DokTittel¤2#0¤2#Registreringsskjema - privat honorarmottaker¤3#EK_DokType¤2#0¤2#Skjema/Form¤3#EK_DocLvlShort¤2#0¤2#¤3#EK_DocLevel¤2#0¤2#¤3#EK_EksRef¤2#2¤2# 0 ¤3#EK_Erstatter¤2#0¤2#¤3#EK_ErstatterD¤2#0¤2#¤3#EK_Signatur¤2#0¤2#¤3#EK_Verifisert¤2#0¤2#¤3#EK_Hørt¤2#0¤2#¤3#EK_AuditReview¤2#2¤2#¤3#EK_AuditApprove¤2#2¤2#¤3#EK_Gradering¤2#0¤2#Åpen¤3#EK_Gradnr¤2#4¤2#0¤3#EK_Kapittel¤2#4¤2#¤3#EK_Referanse¤2#2¤2# 0 ¤3#EK_RefNr¤2#0¤2#.2.1.5.15¤3#EK_Revisjon¤2#0¤2#-¤3#EK_Ansvarlig¤2#0¤2#Linda Mari Schwarz¤3#EK_SkrevetAv¤2#0¤2#LMS¤3#EK_DokAnsvNavn¤2#0¤2#Fagansvarlig lønn¤3#EK_UText2¤2#0¤2#¤3#EK_UText3¤2#0¤2#¤3#EK_UText4¤2#0¤2#¤3#EK_Status¤2#0¤2#Skrives¤3#EK_Stikkord¤2#0¤2#Registrering, honorarmottaker¤3#EK_SuperStikkord¤2#0¤2#¤3#EK_Rapport¤2#3¤2#¤3#EK_EKPrintMerke¤2#0¤2#Uoffisiell utskrift er kun gyldig på utskriftsdato¤3#EK_Watermark¤2#0¤2#¤3#EK_Utgave¤2#0¤2#0.00¤3#EK_Merknad¤2#7¤2#¤3#EK_VerLogg¤2#2¤2#Ver. 0.00 - |¤3#EK_RF1¤2#4¤2#¤3#EK_RF2¤2#4¤2#¤3#EK_RF3¤2#4¤2#¤3#EK_RF4¤2#4¤2#¤3#EK_RF5¤2#4¤2#¤3#EK_RF6¤2#4¤2#¤3#EK_RF7¤2#4¤2#¤3#EK_RF8¤2#4¤2#¤3#EK_RF9¤2#4¤2#¤3#EK_Mappe1¤2#4¤2#¤3#EK_Mappe2¤2#4¤2#¤3#EK_Mappe3¤2#4¤2#¤3#EK_Mappe4¤2#4¤2#¤3#EK_Mappe5¤2#4¤2#¤3#EK_Mappe6¤2#4¤2#¤3#EK_Mappe7¤2#4¤2#¤3#EK_Mappe8¤2#4¤2#¤3#EK_Mappe9¤2#4¤2#¤3#EK_DL¤2#0¤2#15¤3#EK_GjelderTil¤2#0¤2#¤3#EK_Vedlegg¤2#2¤2# 0 ¤3#EK_AvdelingOver¤2#4¤2#¤3#EK_HRefNr¤2#0¤2#¤3#EK_HbNavn¤2#0¤2#¤3#EK_DokRefnr¤2#4¤2#00020105¤3#EK_Dokendrdato¤2#4¤2#15.01.2021 14:44:46¤3#EK_HbType¤2#4¤2#¤3#EK_Offisiell¤2#4¤2#¤3#EK_VedleggRef¤2#4¤2#.2.1.5.15¤3#EK_Strukt00¤2#5¤2#.¤5#2¤5#Kjerneprosesser¤5#1¤5#0¤4#.¤5#1¤5#Akkreditering¤5#4¤5#0¤4#.¤5#5¤5#TB-/TE-dokumenter¤5#0¤5#0¤4#/¤3#EK_Strukt01¤2#5¤2#¤3#EK_Pub¤2#6¤2#¤3#EKR_DokType¤2#0¤2#¤3#EKR_Doktittel¤2#0¤2#¤3#EKR_DokumentID¤2#0¤2#¤3#EKR_RefNr¤2#0¤2#¤3#EKR_Gradering¤2#0¤2#¤3#EKR_Signatur¤2#0¤2#¤3#EKR_Verifisert¤2#0¤2#¤3#EKR_Hørt¤2#0¤2#¤3#EKR_AuditReview¤2#2¤2#¤3#EKR_AuditApprove¤2#2¤2#¤3#EKR_AuditFinal¤2#2¤2#¤3#EKR_Dokeier¤2#0¤2#¤3#EKR_Status¤2#0¤2#¤3#EKR_Opprettet¤2#0¤2#¤3#EKR_Endret¤2#0¤2#¤3#EKR_Ibruk¤2#0¤2#¤3#EKR_Rapport¤2#3¤2#¤3#EKR_Utgitt¤2#0¤2#¤3#EKR_SkrevetAv¤2#0¤2#¤3#EKR_UText1¤2#0¤2#¤3#EKR_UText2¤2#0¤2#¤3#EKR_UText3¤2#0¤2#¤3#EKR_UText4¤2#0¤2#¤3#EKR_DokRefnr¤2#4¤2#¤3#EKR_Gradnr¤2#4¤2#¤3#EKR_Strukt00¤2#5¤2#.¤5#2¤5#Kjerneprosesser¤5#1¤5#0¤4#.¤5#1¤5#Akkreditering¤5#4¤5#0¤4#.¤5#5¤5#TB-/TE-dokumenter¤5#0¤5#0¤4#/¤3#"/>
     <w:docVar w:name="ek_dl" w:val="15"/>
     <w:docVar w:name="ek_dokansvnavn" w:val="Fagansvarlig lønn"/>
     <w:docVar w:name="ek_doktittel" w:val="Registreringsskjema - privat honorarmottaker"/>
     <w:docVar w:name="ek_doktype" w:val="Skjema/Form"/>
     <w:docVar w:name="ek_dokumentid" w:val="D00803"/>
     <w:docVar w:name="ek_editprotect" w:val="0"/>
     <w:docVar w:name="ek_ekprintmerke" w:val="Uoffisiell utskrift er kun gyldig på utskriftsdato"/>
     <w:docVar w:name="ek_format" w:val="-2"/>
     <w:docVar w:name="ek_gradering" w:val="Åpen"/>
     <w:docVar w:name="ek_opprettet" w:val="15.01.2021"/>
     <w:docVar w:name="ek_refnr" w:val=".2.1.5.15"/>
     <w:docVar w:name="ek_revisjon" w:val="-"/>
     <w:docVar w:name="ek_skrevetav" w:val="LMS"/>
     <w:docVar w:name="ek_status" w:val="Skrives"/>
     <w:docVar w:name="ek_stikkord" w:val="Registrering, honorarmottaker"/>
     <w:docVar w:name="ek_type" w:val="ARB"/>
     <w:docVar w:name="ek_utgave" w:val="0.00"/>
@@ -1329,51 +1274,50 @@
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
@@ -1614,60 +1558,72 @@
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BunntekstTegn">
     <w:name w:val="Bunntekst Tegn"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0019520F"/>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00813FDC"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00056E76"/>
+    <w:rPr>
+      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dfo.no/kundesider/lonn/selvbetjening-for-honorarmottakere" TargetMode="External" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:regnskap@akkreditert.no" TargetMode="External" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dfo.no/kundesider/deg-som-har-gjort-et-oppdrag-en-statlig-virksomhet/registrer-godtgjorelsehonorar-oppdragstakere" TargetMode="External" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\USERS\LMS\APPDATA\ROAMING\MICROSOFT\TEMPLATES\OPERATIV.DOT" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -1917,82 +1873,82 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>OPERATIV_EK3TEMPDISABLED</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>193</Words>
-  <Characters>1028</Characters>
+  <Words>169</Words>
+  <Characters>899</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
+  <Lines>7</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tittel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Registreringsskjema - privat honorarmottaker</vt:lpstr>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Senter for statlig økonomistyring</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1219</CharactersWithSpaces>
+  <CharactersWithSpaces>1066</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Registreringsskjema - honorarmottaker</dc:title>
   <dc:subject>00020105|.2.1.5.15|</dc:subject>
   <dc:creator>Helvik Christine Faye</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="EK_Watermark">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>