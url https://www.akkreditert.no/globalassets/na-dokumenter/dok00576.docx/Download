--- v0 (2025-10-10)
+++ v1 (2025-11-02)
@@ -3296,69 +3296,69 @@
         <w:p w:rsidR="00FA68AE" w:rsidRPr="00F34FF7" w:rsidP="008517D3" w14:paraId="59036CA0" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
           </w:pPr>
           <w:r w:rsidRPr="00F34FF7">
             <w:t>Ver</w:t>
           </w:r>
           <w:r w:rsidRPr="00F34FF7">
             <w:t>.:</w:t>
           </w:r>
         </w:p>
         <w:p w:rsidR="00FA68AE" w:rsidRPr="00F34FF7" w:rsidP="008517D3" w14:paraId="59036CA1" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
           </w:pPr>
           <w:r w:rsidRPr="00F34FF7">
             <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
           </w:r>
           <w:r w:rsidRPr="00F34FF7">
             <w:instrText xml:space="preserve"> DOCPROPERTY EK_Utgave </w:instrText>
           </w:r>
           <w:r w:rsidRPr="00F34FF7">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidRPr="00F34FF7">
-            <w:t>5.00</w:t>
+            <w:t>5.01</w:t>
           </w:r>
           <w:r w:rsidRPr="00F34FF7">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
           <w:r w:rsidRPr="00F34FF7">
             <w:t xml:space="preserve"> / </w:t>
           </w:r>
           <w:r w:rsidRPr="00F34FF7">
             <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
           </w:r>
           <w:r w:rsidRPr="00F34FF7">
             <w:instrText xml:space="preserve"> DOCPROPERTY EK_GjelderFra </w:instrText>
           </w:r>
           <w:r w:rsidRPr="00F34FF7">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidRPr="00F34FF7">
-            <w:t>17.03.2025</w:t>
+            <w:t>14.10.2025</w:t>
           </w:r>
           <w:r w:rsidRPr="00F34FF7">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
           <w:r w:rsidRPr="00F34FF7">
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2095" w:type="dxa"/>
         </w:tcPr>
         <w:p w:rsidR="00FA68AE" w:rsidRPr="00F34FF7" w:rsidP="008517D3" w14:paraId="59036CA2" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="Norskakkreditering"/>
             <w:rPr>
               <w:lang w:val="nn-NO"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00F34FF7">
             <w:rPr>
               <w:lang w:val="nn-NO"/>
             </w:rPr>
             <w:t>Side/Page:</w:t>
@@ -6131,53 +6131,53 @@
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Agreement on use of ILAC MRA accreditation mark</dc:title>
   <dc:subject>0002010701|2.1.7.1.1|</dc:subject>
   <dc:creator>Handbok</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="EK_Bedriftsnavn">
     <vt:lpwstr>Norsk akkreditering</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="EK_DokumentID">
     <vt:lpwstr>D00576</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="EK_GjelderFra">
-    <vt:lpwstr>17.03.2025</vt:lpwstr>
+    <vt:lpwstr>14.10.2025</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="EK_Signatur">
     <vt:lpwstr>Cecilie Laake</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="EK_Utgave">
-    <vt:lpwstr>5.00</vt:lpwstr>
+    <vt:lpwstr>5.01</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="EK_Watermark">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="XRF00308">
     <vt:lpwstr>https://ek.na.lan/docpage.aspx?docid=x308</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="XRF00309">
     <vt:lpwstr>https://ek.na.lan/docpage.aspx?docid=x309</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="XRF00310">
     <vt:lpwstr>https://ek.na.lan/docpage.aspx?docid=x310</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="XRF00311">
     <vt:lpwstr>https://ek.na.lan/docpage.aspx?docid=x311</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="XRF00312">
     <vt:lpwstr>https://ek.na.lan/docpage.aspx?docid=x312</vt:lpwstr>
   </property>
 </Properties>
 </file>